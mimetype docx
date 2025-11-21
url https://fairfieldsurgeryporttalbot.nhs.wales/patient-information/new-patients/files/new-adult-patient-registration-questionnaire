--- v0 (2025-10-25)
+++ v1 (2025-11-21)
@@ -1,5427 +1,3704 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9782"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00336428" w14:paraId="0AE145B8" w14:textId="77777777" w:rsidTr="00EA427F">
+      <w:tr w:rsidR="00336428" w14:paraId="0AE145B8" w14:textId="77777777" w:rsidTr="00336428">
         <w:trPr>
-          <w:trHeight w:val="621"/>
+          <w:trHeight w:val="1670"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="144157FA" w14:textId="4AC26B7A" w:rsidR="00FC342A" w:rsidRDefault="00FC342A" w:rsidP="00FC342A">
+          <w:p w14:paraId="0A8B4E13" w14:textId="77777777" w:rsidR="00AD4B3C" w:rsidRDefault="006D5E32" w:rsidP="006D5E32">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3525"/>
               </w:tabs>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w14:paraId="4E5E273B" w14:textId="7D49C23F" w:rsidR="00FC342A" w:rsidRDefault="00FC342A" w:rsidP="00FC342A">
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FC32BAC" wp14:editId="7C8DA385">
+                  <wp:extent cx="1552575" cy="960426"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1788725582" name="Picture 1" descr="A logo with text on it"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1788725582" name="Picture 1" descr="A logo with text on it"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1607664" cy="994504"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D3EF437" w14:textId="77777777" w:rsidR="006D5E32" w:rsidRDefault="006D5E32" w:rsidP="006D5E32">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3525"/>
               </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                             1st Floor, Port Talbot Resource Centre, </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="75D86D2D" w14:textId="0F787F36" w:rsidR="00AD4B3C" w:rsidRDefault="00FC342A" w:rsidP="00096768">
+              <w:t>1st Floor, Port Talbot Resource Centre,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="132B9622" w14:textId="77777777" w:rsidR="006D5E32" w:rsidRDefault="006D5E32" w:rsidP="006D5E32">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3525"/>
               </w:tabs>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="202124"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                      Moor Rd, Port Talbot SA12 7BJ</w:t>
-[...14 lines deleted...]
-            <w:pPr>
+              <w:t>Moor Rd, Port Talbot SA12 7BJ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75D86D2D" w14:textId="66679B71" w:rsidR="006D5E32" w:rsidRDefault="006D5E32" w:rsidP="006D5E32">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3525"/>
+              </w:tabs>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...40 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...393 lines deleted...]
-    <w:p w14:paraId="367F830A" w14:textId="77777777" w:rsidR="00EA427F" w:rsidRPr="00940561" w:rsidRDefault="00EA427F">
+    <w:p w14:paraId="03B78C55" w14:textId="1568B918" w:rsidR="00886457" w:rsidRPr="005F1417" w:rsidRDefault="005F1417" w:rsidP="00886457">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="8"/>
-          <w:szCs w:val="8"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3293 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="005F1417">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09AE0F6A" wp14:editId="7E7FEDF1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-595630</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>65872</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6986905" cy="1250315"/>
+                <wp:effectExtent l="0" t="0" r="4445" b="6985"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="217" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6986905" cy="1250315"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="02472F6D" w14:textId="461597CF" w:rsidR="005F1417" w:rsidRPr="00886457" w:rsidRDefault="005F1417" w:rsidP="005F1417">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00886457">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">If you need help filling out this form, please ask our reception team who will be happy to help. Please ensure you complete this form and the purple form as fully as you can. Failure to do so may result in a delay to your registration and impact on the care we provide you. Once completed please hand BOTH forms and your </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">most recent </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00886457">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>Repeat Prescription Slip into reception together with proof of identity - (driving licence / passport) and proof of address – (utility bill/ bank statement).</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7FF31A7F" w14:textId="77777777" w:rsidR="005F1417" w:rsidRPr="00886457" w:rsidRDefault="005F1417" w:rsidP="005F1417">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00886457">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>Failure to do so may delay your registration.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6D98C077" w14:textId="6D3930E4" w:rsidR="005F1417" w:rsidRDefault="005F1417"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="09AE0F6A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-46.9pt;margin-top:5.2pt;width:550.15pt;height:98.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiNIGXDwIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7bTOE2sOKtttqkq&#10;bS/Sbj8AYxyjYoYCiZ1+fQfszabdt6o8IIYZzsycOWxuhk6Rk7BOgi5pNkspEZpDLfWhpN8f929W&#10;lDjPdM0UaFHSs3D0Zvv61aY3hZhDC6oWliCIdkVvStp6b4okcbwVHXMzMEKjswHbMY+mPSS1ZT2i&#10;dyqZp+ky6cHWxgIXzuHt3eik24jfNIL7r03jhCeqpFibj7uNexX2ZLthxcEy00o+lcH+oYqOSY1J&#10;L1B3zDNytPIFVCe5BQeNn3HoEmgayUXsAbvJ0r+6eWiZEbEXJMeZC03u/8HyL6cH880SP7yHAQcY&#10;m3DmHvgPRzTsWqYP4tZa6FvBakycBcqS3rhiehqodoULIFX/GWocMjt6iEBDY7vACvZJEB0HcL6Q&#10;LgZPOF4u16vlOs0p4ejL5nn6NstjDlY8PTfW+Y8COhIOJbU41QjPTvfOh3JY8RQSsjlQst5LpaJh&#10;D9VOWXJiqIB9XBP6H2FKk76k63yeR2QN4X0URyc9KlTJrqSrNKxRM4GOD7qOIZ5JNZ6xEqUnfgIl&#10;Izl+qAYMDDxVUJ+RKQujEvHn4KEF+4uSHlVYUvfzyKygRH3SyPY6WyyCbKOxyN/N0bDXnurawzRH&#10;qJJ6SsbjzkepBx403OJUGhn5eq5kqhXVFWmcfkKQ77Udo57/6/Y3AAAA//8DAFBLAwQUAAYACAAA&#10;ACEAGyWiON4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75X6DtYi9VKBXf5S0jio&#10;rdSqVygPsIlNEhGvo9iQ8PZdTuU4mtHMN9l2dK242D40njS8zBQIS6U3DVUaDr9f01cQISIZbD1Z&#10;DVcbYJs/PmSYGj/Qzl72sRJcQiFFDXWMXSplKGvrMMx8Z4m9o+8dRpZ9JU2PA5e7Vs6VWkuHDfFC&#10;jZ39rG152p+dhuPP8LzaDMV3PCS75foDm6TwV62fJuP7G4hox/gfhhs+o0POTIU/kwmi1TDdLBg9&#10;sqGWIG4BnluBKDTMVbIAmWfy/kP+BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGI0gZcP&#10;AgAA9wMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABsl&#10;ojjeAAAACwEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="02472F6D" w14:textId="461597CF" w:rsidR="005F1417" w:rsidRPr="00886457" w:rsidRDefault="005F1417" w:rsidP="005F1417">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00886457">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">If you need help filling out this form, please ask our reception team who will be happy to help. Please ensure you complete this form and the purple form as fully as you can. Failure to do so may result in a delay to your registration and impact on the care we provide you. Once completed please hand BOTH forms and your </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">most recent </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00886457">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>Repeat Prescription Slip into reception together with proof of identity - (driving licence / passport) and proof of address – (utility bill/ bank statement).</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7FF31A7F" w14:textId="77777777" w:rsidR="005F1417" w:rsidRPr="00886457" w:rsidRDefault="005F1417" w:rsidP="005F1417">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00886457">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>Failure to do so may delay your registration.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6D98C077" w14:textId="6D3930E4" w:rsidR="005F1417" w:rsidRDefault="005F1417"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9782"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="558"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD4B3C" w14:paraId="6B5F93E5" w14:textId="77777777" w:rsidTr="007C7AFF">
+      <w:tr w:rsidR="00886457" w:rsidRPr="005F1417" w14:paraId="180E790B" w14:textId="77777777" w:rsidTr="007673B4">
         <w:trPr>
-          <w:trHeight w:val="1670"/>
+          <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
-          </w:tcPr>
-[...77 lines deleted...]
-              <w:spacing w:before="60" w:after="60"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9D13D5" w14:textId="6E6A9984" w:rsidR="00886457" w:rsidRPr="005F1417" w:rsidRDefault="00886457" w:rsidP="005F1417">
+            <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F1417">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-            </w:pPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="097CA81E" w14:textId="77777777" w:rsidR="00AD4B3C" w:rsidRPr="00A9260C" w:rsidRDefault="00AD4B3C" w:rsidP="00DB253B">
+              <w:t>NEW PATIENT REGISTRATION QUESTIONNAIRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="4F885344" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA21EE6" w14:textId="3977A28D" w:rsidR="00766592" w:rsidRPr="005F1417" w:rsidRDefault="00766592">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F1417">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PATIENT DETAILS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940561" w14:paraId="18F870A0" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEF3F54" w14:textId="77777777" w:rsidR="00940561" w:rsidRPr="00EA633B" w:rsidRDefault="00940561" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C872DE4" w14:textId="0CEE8C47" w:rsidR="00940561" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="387545178"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00940561">
+              <w:t>Mr</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1960756283"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0091528D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00940561">
+              <w:t>Mrs</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1600609408"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00940561">
+              <w:t>Miss</w:t>
+            </w:r>
+            <w:r w:rsidR="00940561">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00940561">
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-551220769"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00940561">
+              <w:t>Ms</w:t>
+            </w:r>
+            <w:r w:rsidR="00940561">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00940561">
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1206789262"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00940561">
+              <w:t>Mx</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C38A4" w14:paraId="5690EB3D" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E057A14" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRPr="00EA633B" w:rsidRDefault="002C38A4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>First Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A917F99" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD8F489" w14:textId="3B2935DB" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Middle Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0328FD7A" w14:textId="3686C071" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C38A4" w14:paraId="7CFA7D51" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="109D6CAA" w14:textId="644CB448" w:rsidR="002C38A4" w:rsidRPr="00EA633B" w:rsidRDefault="002C38A4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C3A8FC" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2436A23E" w14:textId="3E25F175" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Previous Surname(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="025E76A6" w14:textId="6A463DF4" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="2208D715" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AD204E" w14:textId="36882C14" w:rsidR="00336428" w:rsidRPr="00EA633B" w:rsidRDefault="00336428" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Preferred name </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BD022A" w14:textId="77777777" w:rsidR="00961315" w:rsidRDefault="00961315" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="1B5A9965" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48300197" w14:textId="77777777" w:rsidR="00961315" w:rsidRPr="00EA633B" w:rsidRDefault="00961315" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Date of Birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B9EA33" w14:textId="77777777" w:rsidR="00961315" w:rsidRDefault="00961315" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940561" w14:paraId="048C3B0E" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:trPr>
+          <w:trHeight w:val="403"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBB7CB2" w14:textId="77777777" w:rsidR="00940561" w:rsidRPr="00EA633B" w:rsidRDefault="00940561" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Gender</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CABC408" w14:textId="37DD6D8C" w:rsidR="00940561" w:rsidRPr="000D0EFC" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-548064724"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="000D0EFC">
+              <w:t>Male</w:t>
+            </w:r>
+            <w:r w:rsidR="000D0EFC">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="000D0EFC">
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1235461688"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="000D0EFC">
+              <w:t>Female</w:t>
+            </w:r>
+            <w:r w:rsidR="000D0EFC">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="000D0EFC">
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="14356606"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00940561" w:rsidRPr="00940561">
+              <w:t>Not Specified</w:t>
+            </w:r>
+            <w:r w:rsidR="00940561" w:rsidRPr="00940561">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="000D0EFC">
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1553043227"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00940561" w:rsidRPr="00940561">
+              <w:t>Not Known</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="5644E7EB" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C23AE4" w14:textId="77777777" w:rsidR="00336428" w:rsidRPr="00EA633B" w:rsidRDefault="00961315" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Marital</w:t>
+            </w:r>
+            <w:r w:rsidR="00336428" w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Status</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4059F626" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRDefault="00A802E6" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="2F4517EB" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C821397" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ethnic Group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="15364CF1" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00EA633B" w:rsidRDefault="00766592" w:rsidP="00EA633B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...27 lines deleted...]
-              <w:t>QUESTIONNAIRE</w:t>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>hite</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F327F28" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00EA633B" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Black</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="5009BF5F" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="08B36BEA" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="663FA5CE" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00EA633B" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:t>British</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C8B9B6" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="598947D8" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00EA633B" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:t>Caribbean</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02960350" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="1CA61A2C" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="20FF78E8" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CE1B26" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00EA633B" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Irish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F4437E" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="79CE0592" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00EA633B" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:t>African</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB8B935" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="1D300340" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2B46BD76" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="53DF298A" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00EA633B" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Other (Please specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33496C86" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D51EE8" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Other (Please specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="650F7608" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="52B8E74B" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="55F968C5" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C352216" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00EA633B" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Asian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D697BA2" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00EA633B" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Mixed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="5EE916FF" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8E0263" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="54FE5725" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Indian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6215B6" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E7B6D8" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>White &amp; Black Caribbean</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="695E3A22" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="2AC9A7CD" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2F241D03" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1779D6E8" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pakistani</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38363B74" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="13939B53" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>White &amp; Black African</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BA6BE3" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="4A5044BF" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="15373021" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="013E0E80" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Chinese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BEF3EE" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA0CA79" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>White &amp; Asian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F848787" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="7285BE1A" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="046A3339" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="793BD165" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Other (please specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06DCF8AB" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="663C7E07" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Other (please specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BBBE71" w14:textId="77777777" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="6DBEB1B0" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7EC826" w14:textId="77777777" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3900C628" w14:textId="32705601" w:rsidR="00766592" w:rsidRPr="00CD18E2" w:rsidRDefault="002C38A4" w:rsidP="002C38A4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B5F41">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B5F41">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ethnic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C38A4" w14:paraId="3956D895" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B98253A" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="42610CDC" w14:textId="04829C3B" w:rsidR="002C38A4" w:rsidRPr="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="002C38A4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C38A4">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Arab</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="203730FC" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRPr="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="002C38A4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="005EFDF4" w14:textId="0DD9B286" w:rsidR="002C38A4" w:rsidRPr="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="002C38A4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C38A4">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Any other ethnic group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D8E1AF" w14:textId="2AEC32AE" w:rsidR="002C38A4" w:rsidRPr="007B5F41" w:rsidRDefault="002C38A4" w:rsidP="002C38A4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="6F97F85F" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FDAEF79" w14:textId="77777777" w:rsidR="00961315" w:rsidRPr="00EA633B" w:rsidRDefault="00961315" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Religion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D21AA88" w14:textId="77777777" w:rsidR="00961315" w:rsidRPr="00CD18E2" w:rsidRDefault="00961315" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="1A8DE886" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="342053F7" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRPr="00EA633B" w:rsidRDefault="00940561" w:rsidP="00940561">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Place &amp; </w:t>
+            </w:r>
+            <w:r w:rsidR="00A802E6" w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Country of Birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="57420385" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRPr="00CD18E2" w:rsidRDefault="00A802E6" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="1B8500BB" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="511E2309" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRPr="00EA633B" w:rsidRDefault="00A802E6" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Main Spoken Language</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C32FF9E" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRPr="00CD18E2" w:rsidRDefault="00A802E6" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="72184313" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E82675" w14:textId="514115DD" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>HOME ADDRESS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0028213C" w14:paraId="15C289C6" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:trPr>
+          <w:trHeight w:val="1021"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D21163" w14:textId="77777777" w:rsidR="0028213C" w:rsidRPr="00EA633B" w:rsidRDefault="0028213C" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Current Home Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F1C294" w14:textId="77777777" w:rsidR="0028213C" w:rsidRDefault="0028213C" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="367A01BB" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="632C3AE2" w14:textId="77777777" w:rsidR="00EA633B" w:rsidRPr="00EA633B" w:rsidRDefault="00EA633B" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Post Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DBD4A8" w14:textId="77777777" w:rsidR="00EA633B" w:rsidRDefault="00EA633B" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0028213C" w:rsidRPr="00EA633B" w14:paraId="167C7139" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:trPr>
+          <w:trHeight w:val="1186"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A12E77" w14:textId="77777777" w:rsidR="0028213C" w:rsidRPr="00EA633B" w:rsidRDefault="0028213C" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Previous Home Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F80424E" w14:textId="77777777" w:rsidR="0028213C" w:rsidRPr="00EA633B" w:rsidRDefault="0028213C" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="77C3335B" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F10503E" w14:textId="77777777" w:rsidR="00EA633B" w:rsidRPr="00EA633B" w:rsidRDefault="00EA633B" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA633B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Post Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE32304" w14:textId="77777777" w:rsidR="00EA633B" w:rsidRDefault="00EA633B" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0028213C" w14:paraId="14ED6F79" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:trPr>
+          <w:trHeight w:val="822"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16962146" w14:textId="77777777" w:rsidR="0028213C" w:rsidRPr="00EA633B" w:rsidRDefault="0028213C" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Temporary Home Address (If Applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="18872D9C" w14:textId="77777777" w:rsidR="0028213C" w:rsidRDefault="0028213C" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="60A5C3A0" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B52053" w14:textId="7A97D93C" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CONTACT DETAILS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="03F2D5C0" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="524EC929" w14:textId="77777777" w:rsidR="00336428" w:rsidRDefault="00EA633B" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Home Telephone No.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="33880349" w14:textId="77777777" w:rsidR="00336428" w:rsidRDefault="00336428" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="399AF2F8" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FECC24" w14:textId="77777777" w:rsidR="00336428" w:rsidRDefault="00336428" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mobile Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEA4D0E" w14:textId="77777777" w:rsidR="00336428" w:rsidRDefault="00336428" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="3327DC2E" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0867E8B1" w14:textId="77777777" w:rsidR="00336428" w:rsidRDefault="00336428" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1556848D" w14:textId="77777777" w:rsidR="00336428" w:rsidRDefault="00336428" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="13CA73D2" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4DD3FE" w14:textId="02FA60A6" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Do you C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB253B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>onsent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to the practice corresponding with you using the above details?      </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-1454250585"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00766592">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                </w:rPr>
+                <w:id w:val="-1107191733"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00766592">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007673B4" w14:paraId="763C0367" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C77E8CC" w14:textId="18D05AA9" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Preferred Pharmacy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="134C6E9C" w14:textId="7166B698" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="67D939E2" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="551A2A65" w14:textId="248BA470" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00EA633B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NEXT OF KIN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="33E247B0" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="138E8119" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRPr="00DB253B" w:rsidRDefault="00A802E6" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB253B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB253B" w:rsidRPr="00DB253B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFB686F" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRPr="00DB253B" w:rsidRDefault="00A802E6" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="607A19F3" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE4EADB" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRPr="00DB253B" w:rsidRDefault="00A802E6" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB253B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Relationship </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB253B" w:rsidRPr="00DB253B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>To You</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B1284B7" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRPr="00DB253B" w:rsidRDefault="00A802E6" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA633B" w14:paraId="0EEF179C" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47426554" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRPr="00DB253B" w:rsidRDefault="00A802E6" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB253B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contact </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB253B" w:rsidRPr="00DB253B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Number </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5936307D" w14:textId="77777777" w:rsidR="00A802E6" w:rsidRPr="00DB253B" w:rsidRDefault="00A802E6" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00343637" w14:paraId="297BF169" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C9317B" w14:textId="77777777" w:rsidR="00343637" w:rsidRDefault="00343637" w:rsidP="00343637">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">OCCUPATION </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00343637" w14:paraId="74224B2E" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7DF2AD" w14:textId="77777777" w:rsidR="00343637" w:rsidRPr="00F81600" w:rsidRDefault="00343637" w:rsidP="00343637">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81600">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Job Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D3BDBA" w14:textId="77777777" w:rsidR="00343637" w:rsidRDefault="00343637" w:rsidP="00343637">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766592" w14:paraId="01DD10CC" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="578E1C35" w14:textId="6E838442" w:rsidR="00766592" w:rsidRDefault="00766592" w:rsidP="00343637">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>MILITARY VETERAN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007673B4" w14:paraId="2117B929" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DA1909" w14:textId="77777777" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00343637">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Are you a military veteran</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="34905B9F" w14:textId="0A233D0E" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00343637">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="1007179834"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes      </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-57488247"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51971C12" w14:textId="77777777" w:rsidR="00AD4B3C" w:rsidRDefault="00AD4B3C" w:rsidP="00DB253B">
-[...3 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="4820"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00194E9F" w14:paraId="3D4EBBF6" w14:textId="77777777" w:rsidTr="00194E9F">
-[...26 lines deleted...]
-      <w:tr w:rsidR="00912137" w14:paraId="29A6834E" w14:textId="77777777" w:rsidTr="00947C95">
+      <w:tr w:rsidR="002C38A4" w14:paraId="3D4EBBF6" w14:textId="77777777" w:rsidTr="00442F2A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-          </w:tcPr>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> your most recent measurements for the following (if known)</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4380BFE6" w14:textId="091FB3DE" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">HEIGHT / WEIGHT </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00194E9F" w14:paraId="3E004E0D" w14:textId="77777777" w:rsidTr="00194E9F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="108DAB4E" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRPr="00F81600" w:rsidRDefault="00194E9F" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81600">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Height:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25F18822" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRDefault="00194E9F" w:rsidP="00DB253B">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="25F18822" w14:textId="3DE47670" w:rsidR="00194E9F" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81600">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Current Weight:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00194E9F" w14:paraId="5EBD85B5" w14:textId="77777777" w:rsidTr="00194E9F">
+      <w:tr w:rsidR="002C38A4" w14:paraId="179F49DE" w14:textId="77777777" w:rsidTr="007C7BD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6144F4" w14:textId="7F5BA203" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>DISABILITY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C38A4" w14:paraId="0DC31181" w14:textId="77777777" w:rsidTr="00923E4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CBF306D" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRPr="00F81600" w:rsidRDefault="00194E9F" w:rsidP="00DB253B">
-[...10 lines deleted...]
-              <w:t>Current Weight:</w:t>
+          <w:p w14:paraId="54E17BA0" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Are you registered disabled?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB1880F" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRDefault="00194E9F" w:rsidP="00DB253B">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="55328271" w14:textId="31CBD3A2" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-972829743"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes      </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="1842897443"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:t>If</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Yes, please detail:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...24 lines deleted...]
-      <w:tr w:rsidR="00194E9F" w14:paraId="179F49DE" w14:textId="77777777" w:rsidTr="00194E9F">
+      <w:tr w:rsidR="002C38A4" w14:paraId="6779EEA1" w14:textId="77777777" w:rsidTr="00F94785">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
-[...6 lines deleted...]
-              <w:t>DISABILITY</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="0F833D49" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Are you registered blind or partially sighted?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...5 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="51E208D7" w14:textId="2EA602F2" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-290513544"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes      </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-972757300"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">No  </w:t>
+            </w:r>
+            <w:r>
+              <w:t>If</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Yes, please detail:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F81600" w14:paraId="0DC31181" w14:textId="77777777" w:rsidTr="007C7AFF">
+      <w:tr w:rsidR="002C38A4" w14:paraId="7B4DB98D" w14:textId="77777777" w:rsidTr="00ED79D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54E17BA0" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
-[...65 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4BC47E1D" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Are you registered deaf or have a hearing difficulty?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D009B2B" w14:textId="57CD0C75" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="1345049554"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes      </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-2106729140"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">No  </w:t>
+            </w:r>
+            <w:r>
+              <w:t>If</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Yes, please detail:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F81600" w14:paraId="6779EEA1" w14:textId="77777777" w:rsidTr="007C7AFF">
+      <w:tr w:rsidR="002C38A4" w14:paraId="1BC5A571" w14:textId="77777777" w:rsidTr="00D71431">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F833D49" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
-[...140 lines deleted...]
-          <w:p w14:paraId="6FD45CDE" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+          <w:p w14:paraId="6FD45CDE" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>Are you dependant on a wheelchair?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1205" w:type="dxa"/>
-[...48 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="432FCC83" w14:textId="2ED3FDD9" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="1522045525"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes      </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="910275300"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">No  </w:t>
+            </w:r>
+            <w:r>
+              <w:t>If</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Yes, please detail:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0868B074" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRDefault="00194E9F" w:rsidP="00DB253B">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="334601CC" w14:textId="77777777" w:rsidR="0028213C" w:rsidRDefault="0028213C" w:rsidP="00DB253B">
+    <w:p w14:paraId="0EFEA0F9" w14:textId="77777777" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00DB253B">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D070069" w14:textId="77777777" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00DB253B">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3122"/>
         <w:gridCol w:w="6660"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00194E9F" w14:paraId="6BF4CD58" w14:textId="77777777" w:rsidTr="00FD2B9B">
+      <w:tr w:rsidR="002C38A4" w14:paraId="6BF4CD58" w14:textId="77777777" w:rsidTr="00527F78">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="18CF8382" w14:textId="7407703C" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>CARER INFORMATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C38A4" w14:paraId="602DACCC" w14:textId="77777777" w:rsidTr="002C38A4">
+        <w:trPr>
+          <w:trHeight w:val="983"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3122" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
-[...29 lines deleted...]
-            <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1892E078" w14:textId="77777777" w:rsidR="00940561" w:rsidRDefault="00940561" w:rsidP="00DB253B">
+          <w:p w14:paraId="29768EDF" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRPr="00F81600" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81600">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Are you a </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81600">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>carer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F81600">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29768EDF" w14:textId="77777777" w:rsidR="00D37065" w:rsidRPr="00F81600" w:rsidRDefault="00D37065" w:rsidP="00DB253B">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4453DC0D" w14:textId="77777777" w:rsidR="00940561" w:rsidRDefault="00940561" w:rsidP="00DB253B">
-[...7 lines deleted...]
-              <w:t>Yes/No</w:t>
+          <w:p w14:paraId="29D48959" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="1190104224"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes      </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-2096465082"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4453DC0D" w14:textId="5346114C" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>, please detail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F81600" w14:paraId="166569E1" w14:textId="77777777" w:rsidTr="00F81600">
+      <w:tr w:rsidR="002C38A4" w14:paraId="2E3D4019" w14:textId="77777777" w:rsidTr="002C38A4">
         <w:trPr>
-          <w:trHeight w:val="195"/>
-[...154 lines deleted...]
-          <w:trHeight w:val="195"/>
+          <w:trHeight w:val="841"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3122" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15551CA5" w14:textId="22F093BF" w:rsidR="00D37065" w:rsidRPr="00F81600" w:rsidRDefault="0032139E" w:rsidP="00F81600">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4B9B9FF3" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRPr="00F81600" w:rsidRDefault="002C38A4" w:rsidP="00F81600">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81600">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Do you have a carer?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6660" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="472526B2" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="002C38A4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="1346206025"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes      </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="1032766530"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C54047F" w14:textId="5A10A1C5" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00F81600">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0032139E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>Yes</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0032139E">
-[...32 lines deleted...]
-              <w:t>(A member of reception staff can help with these arrangements)</w:t>
+            <w:r>
+              <w:t>, please detail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4423" w14:paraId="4291706D" w14:textId="77777777" w:rsidTr="00F81600">
+      <w:tr w:rsidR="002C38A4" w14:paraId="6B88AC55" w14:textId="77777777" w:rsidTr="002C38A4">
         <w:trPr>
-          <w:trHeight w:val="195"/>
+          <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3122" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCC30A4" w14:textId="77777777" w:rsidR="00EB4423" w:rsidRPr="00265F16" w:rsidRDefault="00EB4423" w:rsidP="00EB4423">
-[...47 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="082EB0C4" w14:textId="77777777" w:rsidR="002C38A4" w:rsidRPr="00F81600" w:rsidRDefault="002C38A4" w:rsidP="00F81600">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81600">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Do you have communication needs?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="599B4ABD" w14:textId="77777777" w:rsidR="00EB4423" w:rsidRPr="00EB4423" w:rsidRDefault="00EB4423" w:rsidP="00F81600">
-[...129 lines deleted...]
-              <w:t xml:space="preserve">If </w:t>
+          <w:p w14:paraId="023FFAE4" w14:textId="1F9A0249" w:rsidR="002C38A4" w:rsidRDefault="002C38A4" w:rsidP="00EB4423">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="2027135606"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes      </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-529110098"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
-              <w:t>Yes</w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">No  </w:t>
+            </w:r>
+            <w:r>
+              <w:t>If</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
-              <w:t>, please detail:</w:t>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> Yes, please detail:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67A3709F" w14:textId="77777777" w:rsidR="007C7AFF" w:rsidRDefault="007C7AFF" w:rsidP="00DB253B">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="042461BA" w14:textId="77777777" w:rsidR="00AD4B3C" w:rsidRDefault="00AD4B3C" w:rsidP="00DB253B">
-      <w:pPr>
-[...261 lines deleted...]
-    <w:p w14:paraId="73DDA2FE" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRDefault="00194E9F" w:rsidP="00DB253B">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="1388"/>
         <w:gridCol w:w="455"/>
         <w:gridCol w:w="1501"/>
         <w:gridCol w:w="483"/>
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1134"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1304"/>
         <w:gridCol w:w="539"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56F31" w14:paraId="09E64DD8" w14:textId="77777777" w:rsidTr="00D56F31">
+      <w:tr w:rsidR="00886457" w14:paraId="67569AC3" w14:textId="77777777" w:rsidTr="001E7642">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="78837CC5" w14:textId="00791F69" w:rsidR="00886457" w:rsidRDefault="00886457" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">FAMILY HISTORY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194E9F" w14:paraId="31DA8CBA" w14:textId="77777777" w:rsidTr="00FD2B9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+          </w:tcPr>
+          <w:p w14:paraId="007C0BBA" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRDefault="00194E9F" w:rsidP="00F81600">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81600">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Please lists significant family history:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00F81600">
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:t>tate any serious illness, in particular heart disease, stroke, high blood pressure, diabetes, cancer or any inherited disease</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194E9F" w14:paraId="18FE7397" w14:textId="77777777" w:rsidTr="00194E9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="28559137" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRPr="00F81600" w:rsidRDefault="00194E9F" w:rsidP="00F81600">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81600">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Condition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B0C18F" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRPr="00F81600" w:rsidRDefault="00194E9F" w:rsidP="00F81600">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81600">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Family Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194E9F" w14:paraId="0D2A8295" w14:textId="77777777" w:rsidTr="00FD2B9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A5219F" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRDefault="00194E9F" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E07D2AF" w14:textId="77777777" w:rsidR="00194E9F" w:rsidRDefault="00194E9F" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F81600" w14:paraId="797BAD21" w14:textId="77777777" w:rsidTr="00FD2B9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E03D1C" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9530BD" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F81600" w14:paraId="2188D71E" w14:textId="77777777" w:rsidTr="00FD2B9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="18ADCF77" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFCC119" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F81600" w14:paraId="028BF30A" w14:textId="77777777" w:rsidTr="00FD2B9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B1571E" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4367DCBC" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F81600" w14:paraId="168127B9" w14:textId="77777777" w:rsidTr="00FD2B9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF778D6" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E3780C" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D56F31" w14:paraId="09E64DD8" w14:textId="77777777" w:rsidTr="00886457">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="18C2F2B8" w14:textId="77777777" w:rsidR="00D56F31" w:rsidRDefault="00D56F31" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>MEDICAL INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00912137" w14:paraId="40AEC7AD" w14:textId="77777777" w:rsidTr="00D064C9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00D56F31" w14:paraId="6CCA002D" w14:textId="77777777" w:rsidTr="00886457">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="645066F5" w14:textId="77777777" w:rsidR="00912137" w:rsidRPr="00912137" w:rsidRDefault="00912137" w:rsidP="00912137">
-[...24 lines deleted...]
-              <w:t>whilst we wait for your previous medical records. Please TICK if you have suffered from any of the following:</w:t>
+          <w:p w14:paraId="63451881" w14:textId="77777777" w:rsidR="00D56F31" w:rsidRDefault="00D56F31" w:rsidP="00F81600">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Please </w:t>
+            </w:r>
+            <w:r w:rsidR="00F81600">
+              <w:t xml:space="preserve">TICK </w:t>
+            </w:r>
+            <w:r>
+              <w:t>if you have suffered from any of the following:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F81600" w14:paraId="5581E030" w14:textId="77777777" w:rsidTr="00F81600">
+      <w:tr w:rsidR="00F81600" w14:paraId="5581E030" w14:textId="77777777" w:rsidTr="00886457">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C75AD18" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1388" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -5452,2691 +3729,923 @@
           <w:tcPr>
             <w:tcW w:w="1501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67A6F0E4" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>Cancer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A74363F" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
-            <w:pPr>
-[...452 lines deleted...]
-          <w:p w14:paraId="565E0AE2" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70D46614" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00F81600">
-[...10 lines deleted...]
-            <w:tcW w:w="476" w:type="dxa"/>
+          <w:p w14:paraId="2751B314" w14:textId="77777777" w:rsidR="00F81600" w:rsidRPr="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81600">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>High Blood Pressure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F5CEF46" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...8 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="044FD5D8" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B541A62" w14:textId="77777777" w:rsidR="00F81600" w:rsidRPr="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...14 lines deleted...]
-            <w:tcW w:w="557" w:type="dxa"/>
+          <w:p w14:paraId="05CB6F34" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Stroke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74850627" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...7 lines deleted...]
-            <w:tcW w:w="1307" w:type="dxa"/>
+          <w:p w14:paraId="6875C60D" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E49FD3B" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...10 lines deleted...]
-            <w:tcW w:w="530" w:type="dxa"/>
+          <w:p w14:paraId="093BC85A" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Heart Attack</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F81600" w14:paraId="648B064F" w14:textId="77777777" w:rsidTr="00886457">
+        <w:trPr>
+          <w:trHeight w:val="195"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67848C09" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...7 lines deleted...]
-            <w:tcW w:w="1411" w:type="dxa"/>
+          <w:p w14:paraId="728273D1" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62FD19AC" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...15 lines deleted...]
-            <w:tcW w:w="558" w:type="dxa"/>
+          <w:p w14:paraId="11A205BA" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Eczema</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71596870" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...7 lines deleted...]
-            <w:tcW w:w="1383" w:type="dxa"/>
+          <w:p w14:paraId="0FC25A29" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E0893BE" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...10 lines deleted...]
-            <w:tcW w:w="448" w:type="dxa"/>
+          <w:p w14:paraId="2E09831B" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Asthma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A1887A8" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
+          <w:p w14:paraId="3DF75CBB" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A193B9C" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...10 lines deleted...]
-            <w:tcW w:w="476" w:type="dxa"/>
+          <w:p w14:paraId="55AD3511" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Diabetes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="551081A6" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...8 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="70D9C3C9" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="754A9D0F" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...10 lines deleted...]
-            <w:tcW w:w="557" w:type="dxa"/>
+          <w:p w14:paraId="6D38E476" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Hay Fever</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A784DE5" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...7 lines deleted...]
-            <w:tcW w:w="1307" w:type="dxa"/>
+          <w:p w14:paraId="3AA1792E" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0451375E" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="007C7AFF">
-[...1042 lines deleted...]
-              <w:t>If yes, please detail:</w:t>
+          <w:p w14:paraId="5FB2AC5B" w14:textId="77777777" w:rsidR="00F81600" w:rsidRDefault="00F81600" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Depression</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0CB2BB3B" w14:textId="77777777" w:rsidR="00D56F31" w:rsidRDefault="00D56F31" w:rsidP="00DB253B">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4891"/>
-        <w:gridCol w:w="1222"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1223"/>
+        <w:gridCol w:w="4891"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56F31" w14:paraId="562674DD" w14:textId="77777777" w:rsidTr="0028213C">
-[...2 lines deleted...]
-            <w:tcW w:w="4891" w:type="dxa"/>
+      <w:tr w:rsidR="007673B4" w14:paraId="562674DD" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
-[...28 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="16304DD4" w14:textId="76E5EBC7" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>GYNAECOLOGICAL (Women only)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008529B6" w14:paraId="52E64480" w14:textId="77777777" w:rsidTr="0028213C">
+      <w:tr w:rsidR="007673B4" w14:paraId="52E64480" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:trPr>
+          <w:trHeight w:val="436"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4891" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C5E1AA1" w14:textId="77777777" w:rsidR="008529B6" w:rsidRDefault="008529B6" w:rsidP="00DB253B">
+          <w:p w14:paraId="1C5E1AA1" w14:textId="77777777" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>Have you had a cervical smear?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1222" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1223" w:type="dxa"/>
+            <w:tcW w:w="4891" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35E95172" w14:textId="77777777" w:rsidR="008529B6" w:rsidRDefault="008529B6" w:rsidP="00DB253B">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="35E95172" w14:textId="7D7EE1EA" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="007673B4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="1354152507"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-1124539906"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="66DEC448" w14:textId="77777777" w:rsidR="00D56F31" w:rsidRDefault="00D56F31" w:rsidP="00DB253B">
+    <w:p w14:paraId="753A0DA0" w14:textId="77777777" w:rsidR="00D56F31" w:rsidRDefault="00D56F31" w:rsidP="00DB253B">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8648"/>
-        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="4891"/>
+        <w:gridCol w:w="4891"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56F31" w14:paraId="08F916CC" w14:textId="77777777" w:rsidTr="00FD2B9B">
-[...32 lines deleted...]
-      <w:tr w:rsidR="00D56F31" w14:paraId="405FA95F" w14:textId="77777777" w:rsidTr="00FD2B9B">
+      <w:tr w:rsidR="007673B4" w14:paraId="0BB3BE77" w14:textId="77777777" w:rsidTr="007673B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            <w:r w:rsidR="00AD4B3C">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7E69F6" w14:textId="0E5913B2" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00DB253B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SMOKING STATUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007673B4" w14:paraId="37AF5BD8" w14:textId="77777777" w:rsidTr="005D7A40">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="099E8246" w14:textId="77777777" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="007C7AFF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Are you a current smoker?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2305FC5E" w14:textId="706DBEE2" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="007C7AFF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-1203639709"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes                                       </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="1196267996"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007673B4" w14:paraId="47DEDD9E" w14:textId="77777777" w:rsidTr="00190CDE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F07589A" w14:textId="2596C56D" w:rsidR="007673B4" w:rsidRPr="007673B4" w:rsidRDefault="007673B4" w:rsidP="007C7AFF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">If yes, how many Cigarettes or ounces of tobacco per day: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007673B4" w14:paraId="755EB1B0" w14:textId="77777777" w:rsidTr="0072483A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D634210" w14:textId="77777777" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="008529B6">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Are you an ex-smoker?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79776B5C" w14:textId="22465CAA" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="008529B6">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="2055337952"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes                                       </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-938516667"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007673B4" w14:paraId="362FFDDC" w14:textId="77777777" w:rsidTr="00010F05">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD3A426" w14:textId="77777777" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="008529B6">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Do you use an electronic cigarette?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="023B40C2" w14:textId="7AB0997A" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="008529B6">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="12274088"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes                                       </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="250944849"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007673B4" w14:paraId="093F12AD" w14:textId="77777777" w:rsidTr="00F462D6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2AC148" w14:textId="77777777" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="008529B6">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Would you like support to quit smoking?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4891" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35689C40" w14:textId="6EC94CBA" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="008529B6">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="-939987580"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes                                       </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:id w:val="1109546358"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008529B6" w14:paraId="77C9E021" w14:textId="77777777" w:rsidTr="007C7AFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="53BC3F01" w14:textId="31427A44" w:rsidR="008529B6" w:rsidRDefault="00EB4423" w:rsidP="00EB4423">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                     If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007673B4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>yes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Please ring stop smoking Wales on FREEPHONE 08000</w:t>
+            </w:r>
+            <w:r w:rsidR="007673B4">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>I consider my diet to be</w:t>
-[...120 lines deleted...]
-            </w:pPr>
+              <w:t>85</w:t>
+            </w:r>
+            <w:r w:rsidR="007673B4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="007673B4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>19</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="753A0DA0" w14:textId="77777777" w:rsidR="00D56F31" w:rsidRDefault="00D56F31" w:rsidP="00DB253B">
-[...419 lines deleted...]
-    <w:p w14:paraId="16A838DE" w14:textId="77777777" w:rsidR="00D7121A" w:rsidRDefault="00D7121A" w:rsidP="00DB253B">
+    <w:p w14:paraId="2D62F13F" w14:textId="77777777" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00DB253B">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="4962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00961315" w14:paraId="6594A3E9" w14:textId="77777777" w:rsidTr="008529B6">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      <w:tr w:rsidR="007673B4" w14:paraId="6594A3E9" w14:textId="77777777" w:rsidTr="007673B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9A5F42" w14:textId="77777777" w:rsidR="00961315" w:rsidRDefault="00961315" w:rsidP="00DB253B">
+          <w:p w14:paraId="1345532D" w14:textId="432CFF08" w:rsidR="007673B4" w:rsidRDefault="007673B4" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>ALCOHOL</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00961315" w14:paraId="3176895C" w14:textId="77777777" w:rsidTr="008529B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41E11CE0" w14:textId="77777777" w:rsidR="00912137" w:rsidRPr="00912137" w:rsidRDefault="00912137" w:rsidP="00912137">
-[...68 lines deleted...]
-              <w:t>A pint of 5.2% strength lager/beer/cider contains 3 units</w:t>
+          <w:p w14:paraId="12611530" w14:textId="77777777" w:rsidR="00961315" w:rsidRDefault="00961315" w:rsidP="008529B6">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(1 unit = ½ pint beer, 1 small glass of wine, 1 single spirit, 1 small glass sherry or 1 single aperitif)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00961315" w14:paraId="55B1127F" w14:textId="77777777" w:rsidTr="008529B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B806DBB" w14:textId="77777777" w:rsidR="00961315" w:rsidRPr="008529B6" w:rsidRDefault="00961315" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008529B6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>How many units do you drink a week?</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8149,92 +4658,91 @@
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="051F7BDD" w14:textId="77777777" w:rsidR="00961315" w:rsidRDefault="00961315" w:rsidP="00DB253B">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4487"/>
         <w:gridCol w:w="759"/>
         <w:gridCol w:w="1125"/>
         <w:gridCol w:w="976"/>
         <w:gridCol w:w="881"/>
-        <w:gridCol w:w="420"/>
-        <w:gridCol w:w="427"/>
+        <w:gridCol w:w="847"/>
         <w:gridCol w:w="707"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F30462" w14:paraId="5CDF6606" w14:textId="77777777" w:rsidTr="00F30462">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4487" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="23DF8C14" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="00AD4B3C" w:rsidRDefault="00F30462" w:rsidP="008529B6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD4B3C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Alc</w:t>
             </w:r>
             <w:r w:rsidR="008529B6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4B3C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hol Users Disorders Identification Test (AUDIT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4588" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="520D96FC" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="00AD4B3C" w:rsidRDefault="00F30462" w:rsidP="008529B6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD4B3C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Scoring System</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="707" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6E661278" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="00AD4B3C" w:rsidRDefault="00F30462" w:rsidP="00DB253B">
@@ -8335,51 +4843,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A3435DB" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="008529B6" w:rsidRDefault="00F30462" w:rsidP="008529B6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008529B6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2002F7A4" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="008529B6" w:rsidRDefault="00F30462" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008529B6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="707" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2CE30354" w14:textId="77777777" w:rsidR="00F30462" w:rsidRDefault="00F30462" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
@@ -8456,51 +4963,50 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65505E3D" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="008529B6" w:rsidRDefault="00F30462" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="573C263F" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="008529B6" w:rsidRDefault="00F30462" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="707" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="399421CB" w14:textId="77777777" w:rsidR="00F30462" w:rsidRDefault="00F30462" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F30462" w14:paraId="0520B94D" w14:textId="77777777" w:rsidTr="00F30462">
         <w:tc>
@@ -8600,51 +5106,50 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B426189" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="008529B6" w:rsidRDefault="00F30462" w:rsidP="008529B6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008529B6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5CA4849B" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="008529B6" w:rsidRDefault="00F30462" w:rsidP="008529B6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008529B6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="707" w:type="dxa"/>
@@ -8758,51 +5263,50 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4C23EFE3" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="008529B6" w:rsidRDefault="00F30462" w:rsidP="008529B6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008529B6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Weekly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="19B6A8B1" w14:textId="77777777" w:rsidR="00F30462" w:rsidRPr="008529B6" w:rsidRDefault="00F30462" w:rsidP="008529B6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008529B6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Daily or almost daily</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="707" w:type="dxa"/>
@@ -8884,1712 +5388,121 @@
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="43991CA6" w14:textId="77777777" w:rsidR="00F30462" w:rsidRDefault="00F30462" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63ECDBBA" w14:textId="77777777" w:rsidR="00F30462" w:rsidRDefault="00F30462" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="707" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="10B65D18" w14:textId="77777777" w:rsidR="00F30462" w:rsidRDefault="00F30462" w:rsidP="00DB253B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F30462" w14:paraId="5B4FDD43" w14:textId="77777777" w:rsidTr="00F30462">
-[...203 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="755C09AF" w14:textId="77777777" w:rsidR="00F30462" w:rsidRDefault="00F30462" w:rsidP="00DB253B">
-[...1389 lines deleted...]
-    <w:p w14:paraId="18300EA7" w14:textId="77777777" w:rsidR="00965686" w:rsidRPr="00490718" w:rsidRDefault="00965686" w:rsidP="00DB253B">
+    <w:p w14:paraId="18300EA7" w14:textId="77777777" w:rsidR="00965686" w:rsidRPr="00490718" w:rsidRDefault="00965686" w:rsidP="007673B4">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00965686" w:rsidRPr="00490718" w:rsidSect="00096768">
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="00965686" w:rsidRPr="00490718" w:rsidSect="00F30462">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1276" w:right="1440" w:bottom="568" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="221F7C43" w14:textId="77777777" w:rsidR="0028213C" w:rsidRDefault="0028213C" w:rsidP="00AD4B3C">
+    <w:p w14:paraId="0DE090D5" w14:textId="77777777" w:rsidR="00BE4953" w:rsidRDefault="00BE4953" w:rsidP="00AD4B3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6039E32A" w14:textId="77777777" w:rsidR="0028213C" w:rsidRDefault="0028213C" w:rsidP="00AD4B3C">
+    <w:p w14:paraId="38C02182" w14:textId="77777777" w:rsidR="00BE4953" w:rsidRDefault="00BE4953" w:rsidP="00AD4B3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -10622,143 +5535,208 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="363A1079" w14:textId="77777777" w:rsidR="002C39E3" w:rsidRDefault="002C39E3">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1594237849"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="724A9D32" w14:textId="40E54655" w:rsidR="0028213C" w:rsidRDefault="0028213C">
+      <w:p w14:paraId="724A9D32" w14:textId="77777777" w:rsidR="0028213C" w:rsidRDefault="0028213C">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00FD4F13">
+        <w:r w:rsidR="001941F0">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
           </w:rPr>
           <w:t>New Patient Registration</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="337D7ED3" w14:textId="77777777" w:rsidR="0028213C" w:rsidRDefault="0028213C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="09D1C36B" w14:textId="77777777" w:rsidR="002C39E3" w:rsidRDefault="002C39E3">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E26D4F2" w14:textId="77777777" w:rsidR="0028213C" w:rsidRDefault="0028213C" w:rsidP="00AD4B3C">
+    <w:p w14:paraId="2FE45EB0" w14:textId="77777777" w:rsidR="00BE4953" w:rsidRDefault="00BE4953" w:rsidP="00AD4B3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66A9594E" w14:textId="77777777" w:rsidR="0028213C" w:rsidRDefault="0028213C" w:rsidP="00AD4B3C">
+    <w:p w14:paraId="1EB6FC6F" w14:textId="77777777" w:rsidR="00BE4953" w:rsidRDefault="00BE4953" w:rsidP="00AD4B3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0D51CAC0" w14:textId="77777777" w:rsidR="002C39E3" w:rsidRDefault="002C39E3">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2D64FE08" w14:textId="77777777" w:rsidR="002C39E3" w:rsidRDefault="002C39E3">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C5DAD96" w14:textId="77777777" w:rsidR="002C39E3" w:rsidRDefault="002C39E3">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01124BC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A69C226E"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -12198,225 +7176,213 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="87047026">
+  <w:num w:numId="1" w16cid:durableId="811295351">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1785466364">
+  <w:num w:numId="2" w16cid:durableId="518587249">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="277642535">
+  <w:num w:numId="3" w16cid:durableId="827674614">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1013801077">
+  <w:num w:numId="4" w16cid:durableId="1828084908">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1780831020">
+  <w:num w:numId="5" w16cid:durableId="297494585">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="446773840">
+  <w:num w:numId="6" w16cid:durableId="743189914">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="504899300">
+  <w:num w:numId="7" w16cid:durableId="2034378627">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1907260623">
+  <w:num w:numId="8" w16cid:durableId="70808793">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="587883641">
+  <w:num w:numId="9" w16cid:durableId="2084257047">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2007591730">
+  <w:num w:numId="10" w16cid:durableId="198788580">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1297495161">
+  <w:num w:numId="11" w16cid:durableId="940455682">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1619526620">
+  <w:num w:numId="12" w16cid:durableId="921067679">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1323310256">
+  <w:num w:numId="13" w16cid:durableId="1739286943">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1151369139">
+  <w:num w:numId="14" w16cid:durableId="1322152585">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00336428"/>
-    <w:rsid w:val="00016168"/>
     <w:rsid w:val="0004563D"/>
     <w:rsid w:val="0005663B"/>
-    <w:rsid w:val="00096768"/>
     <w:rsid w:val="000D0EFC"/>
     <w:rsid w:val="001941F0"/>
     <w:rsid w:val="00194E9F"/>
     <w:rsid w:val="001C27E2"/>
-    <w:rsid w:val="00256710"/>
     <w:rsid w:val="00265F16"/>
     <w:rsid w:val="0028213C"/>
-    <w:rsid w:val="002F29C5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0032139E"/>
+    <w:rsid w:val="002C38A4"/>
+    <w:rsid w:val="002C39E3"/>
     <w:rsid w:val="00336428"/>
     <w:rsid w:val="00343637"/>
-    <w:rsid w:val="0039792F"/>
     <w:rsid w:val="0044321C"/>
     <w:rsid w:val="0044651F"/>
     <w:rsid w:val="00460748"/>
     <w:rsid w:val="00490718"/>
     <w:rsid w:val="004C6506"/>
     <w:rsid w:val="005008FD"/>
     <w:rsid w:val="00547F84"/>
-    <w:rsid w:val="0059746F"/>
-    <w:rsid w:val="005C0517"/>
     <w:rsid w:val="005C0A84"/>
-    <w:rsid w:val="006502A1"/>
+    <w:rsid w:val="005F1417"/>
+    <w:rsid w:val="006D5E32"/>
     <w:rsid w:val="00713452"/>
     <w:rsid w:val="007407C6"/>
     <w:rsid w:val="00745584"/>
+    <w:rsid w:val="00766592"/>
+    <w:rsid w:val="007673B4"/>
     <w:rsid w:val="00770E18"/>
     <w:rsid w:val="00775D20"/>
     <w:rsid w:val="00785A14"/>
-    <w:rsid w:val="00786A42"/>
-    <w:rsid w:val="007B5F41"/>
+    <w:rsid w:val="00793A4A"/>
     <w:rsid w:val="007C7AFF"/>
     <w:rsid w:val="008529B6"/>
-    <w:rsid w:val="00897072"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00912137"/>
+    <w:rsid w:val="00886457"/>
+    <w:rsid w:val="0091528D"/>
+    <w:rsid w:val="00935E53"/>
     <w:rsid w:val="00940561"/>
     <w:rsid w:val="00961315"/>
     <w:rsid w:val="00965686"/>
     <w:rsid w:val="009B3232"/>
-    <w:rsid w:val="00A108D2"/>
     <w:rsid w:val="00A468A8"/>
     <w:rsid w:val="00A802E6"/>
     <w:rsid w:val="00A9260C"/>
-    <w:rsid w:val="00AC2973"/>
     <w:rsid w:val="00AD4B3C"/>
     <w:rsid w:val="00B379B3"/>
     <w:rsid w:val="00B614FF"/>
     <w:rsid w:val="00B73CD9"/>
+    <w:rsid w:val="00BE4953"/>
+    <w:rsid w:val="00C10A0B"/>
     <w:rsid w:val="00C67CEA"/>
-    <w:rsid w:val="00C7712F"/>
     <w:rsid w:val="00CD18E2"/>
-    <w:rsid w:val="00CD53D1"/>
     <w:rsid w:val="00D10D14"/>
-    <w:rsid w:val="00D37065"/>
     <w:rsid w:val="00D56F31"/>
     <w:rsid w:val="00D7121A"/>
     <w:rsid w:val="00DB02B4"/>
     <w:rsid w:val="00DB253B"/>
-    <w:rsid w:val="00E6537F"/>
-    <w:rsid w:val="00EA427F"/>
     <w:rsid w:val="00EA633B"/>
     <w:rsid w:val="00EB4423"/>
     <w:rsid w:val="00F30462"/>
     <w:rsid w:val="00F81600"/>
     <w:rsid w:val="00FC342A"/>
     <w:rsid w:val="00FC677B"/>
     <w:rsid w:val="00FD2B9B"/>
-    <w:rsid w:val="00FD4F13"/>
     <w:rsid w:val="00FF4638"/>
-    <w:rsid w:val="00FF5325"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="25B30C94"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A4C877EF-0897-4FF0-9859-FF3305DC077C}"/>
+  <w15:docId w15:val="{3F7BCD2D-8505-414C-87D7-2BECBBFB09A6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13137,51 +8103,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1628509616">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13410,82 +8376,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E398D383-54BE-45FC-BBE6-F3A7842713D1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94149B81-42CB-41B3-AFE1-07DFD6854E10}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>8784</Characters>
+  <Pages>4</Pages>
+  <Words>528</Words>
+  <Characters>3015</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>S&amp;SHIS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10304</CharactersWithSpaces>
+  <CharactersWithSpaces>3536</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jo Williams (M83033)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>